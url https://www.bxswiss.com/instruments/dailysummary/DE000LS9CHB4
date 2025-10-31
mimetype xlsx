--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e408c0ca634367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3df7d821014a2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6597d2c9c94e4cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27dd4badd2124acf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f6360072b9f4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6597d2c9c94e4cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877f4c90ab4f4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27dd4badd2124acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GregValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>