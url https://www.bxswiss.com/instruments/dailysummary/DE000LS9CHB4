--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3df7d821014a2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc1df508c6143e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27dd4badd2124acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98bf5c0254346f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877f4c90ab4f4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27dd4badd2124acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fc6c9dc8f6480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98bf5c0254346f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GregValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>