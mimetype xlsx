--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc1df508c6143e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68698aed6134c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98bf5c0254346f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79b421a9934425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fc6c9dc8f6480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98bf5c0254346f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44da33c688e3414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79b421a9934425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GregValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>