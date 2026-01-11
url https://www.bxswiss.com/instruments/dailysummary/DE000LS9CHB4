--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68698aed6134c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb689708a4802452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79b421a9934425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R840f941fcb4540cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44da33c688e3414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79b421a9934425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbd8ebab8eb4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R840f941fcb4540cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GregValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,438</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>