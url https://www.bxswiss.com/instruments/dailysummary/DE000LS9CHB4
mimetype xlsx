--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb689708a4802452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad289b77df34b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R840f941fcb4540cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a9c34cc76245b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbd8ebab8eb4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R840f941fcb4540cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd334ff3be10147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a9c34cc76245b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GregValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>302,343</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>297,512</x:t>
-[...382 lines deleted...]
-          <x:t>315,259</x:t>
+          <x:t>302,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>