--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad289b77df34b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598cc0de88d94d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a9c34cc76245b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5fd49fad4774762"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd334ff3be10147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a9c34cc76245b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a01d9ef34674154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5fd49fad4774762" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GregValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>