--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27a7d03bb0764644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff16d50e20e64d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60936ec16eed4cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R477453bf765d48a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ebd17ec672c409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60936ec16eed4cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3204d40e29aa40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R477453bf765d48a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.398,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.403,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.396,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.399,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.413,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.415,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.409,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.413,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>