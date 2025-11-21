--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff16d50e20e64d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4310745827461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R477453bf765d48a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c5a379b9014f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3204d40e29aa40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R477453bf765d48a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1e4839b2974487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c5a379b9014f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.423,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.434,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.418,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.433,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.472,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.480,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.456,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.466,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>