--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4310745827461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0af37cd6fb945de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c5a379b9014f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123273f103ff44d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1e4839b2974487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c5a379b9014f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e759f9bc62346b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123273f103ff44d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.408,807</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>