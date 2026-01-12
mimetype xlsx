--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0af37cd6fb945de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45c91accf1148d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123273f103ff44d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0063707b55745c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e759f9bc62346b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123273f103ff44d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc102dae8fa004436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0063707b55745c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.423,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.432,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.409,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.415,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>