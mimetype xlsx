--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45c91accf1148d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf930807c5815426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0063707b55745c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8a5931eb7642d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc102dae8fa004436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0063707b55745c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d60250940554c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8a5931eb7642d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1.452,823</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.337,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>