--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ceec0ce740447d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2def9b0ecf4275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf34142ae0e74600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba9e9a228b7b4201"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re81d760acbe349c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf34142ae0e74600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10d6e90fda94d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba9e9a228b7b4201" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowUp Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>