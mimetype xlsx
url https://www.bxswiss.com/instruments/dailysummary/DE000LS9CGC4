--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2def9b0ecf4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62307dbb33394a6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba9e9a228b7b4201"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f4eb10600bb4cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10d6e90fda94d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba9e9a228b7b4201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ea0e4f226f4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f4eb10600bb4cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowUp Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>01.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,428</x:t>
-[...151 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>1,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,410</x:t>
-[...225 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>