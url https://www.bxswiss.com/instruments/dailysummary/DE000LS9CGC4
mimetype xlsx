--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62307dbb33394a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b42bc627ce4fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f4eb10600bb4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14ba86c2d784906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ea0e4f226f4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f4eb10600bb4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49667ad00db84cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14ba86c2d784906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowUp Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,311</x:t>
-[...436 lines deleted...]
-          <x:t>1,607</x:t>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>