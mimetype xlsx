--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b42bc627ce4fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b27a656bb34e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14ba86c2d784906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe986b9ab1b14b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49667ad00db84cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14ba86c2d784906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439796b3715e48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe986b9ab1b14b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowUp Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,616</x:t>
-[...31 lines deleted...]
-          <x:t>1,617</x:t>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,697</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>1,871</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>