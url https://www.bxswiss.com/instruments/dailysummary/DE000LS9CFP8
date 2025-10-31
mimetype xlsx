--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf924d4e820a447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4bb333f24348a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d69bf790184e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff876f7c917d412a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6486c97de84098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d69bf790184e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88340a4762a44dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff876f7c917d412a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>87,955</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,996</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>87,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,919</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>87,854</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>