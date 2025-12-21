--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4bb333f24348a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae10cf8c339462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff876f7c917d412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b497f69192429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88340a4762a44dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff876f7c917d412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8d9890e36e4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b497f69192429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,141</x:t>
-[...107 lines deleted...]
-          <x:t>88,063</x:t>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,869</x:t>
-[...156 lines deleted...]
-          <x:t>87,515</x:t>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>87,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>