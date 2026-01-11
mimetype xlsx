--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae10cf8c339462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861daeea13cc4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b497f69192429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7603154d04de4970"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8d9890e36e4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b497f69192429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b3ecca74124d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7603154d04de4970" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>87,636</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,520</x:t>
-[...512 lines deleted...]
-          <x:t>87,534</x:t>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>