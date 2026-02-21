--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861daeea13cc4147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd4bb4b9cb04ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7603154d04de4970"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a50171a6324ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b3ecca74124d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7603154d04de4970" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663061b02c2f4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a50171a6324ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,507</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>