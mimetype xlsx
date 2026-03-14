--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd4bb4b9cb04ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48606bc73d8e4bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a50171a6324ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b931e5b0ad9495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663061b02c2f4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a50171a6324ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d33f67f84154035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b931e5b0ad9495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>