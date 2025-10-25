--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5624ee7be66449d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac194d8adf14ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66f0501f7d347fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c3b2bc7d14f429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124f637557ca4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66f0501f7d347fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484707a5e3ba4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c3b2bc7d14f429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROGO US Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>