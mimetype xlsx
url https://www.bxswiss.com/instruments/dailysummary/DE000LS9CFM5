--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac194d8adf14ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15a335e2bb348a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c3b2bc7d14f429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9592e6c4d98f444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484707a5e3ba4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c3b2bc7d14f429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b7115cf2204f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9592e6c4d98f444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROGO US Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>267,760</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>