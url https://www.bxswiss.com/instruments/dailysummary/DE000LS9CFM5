--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15a335e2bb348a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82dce2ada45462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9592e6c4d98f444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a0e7068e7542ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b7115cf2204f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9592e6c4d98f444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25885d34693f4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a0e7068e7542ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROGO US Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>