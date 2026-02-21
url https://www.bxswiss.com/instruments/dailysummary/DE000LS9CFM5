--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82dce2ada45462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e9ae35e0564bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a0e7068e7542ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9b23d9426c4665"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25885d34693f4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a0e7068e7542ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61883c271f0a4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9b23d9426c4665" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROGO US Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>283,833</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>