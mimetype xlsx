--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e9ae35e0564bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853aebdc26bf4f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9b23d9426c4665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda78f06ff9b5480f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61883c271f0a4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9b23d9426c4665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc434bc053f3944cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda78f06ff9b5480f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROGO US Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>