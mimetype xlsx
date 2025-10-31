--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c336719e1b4935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514701faf53d409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96e3829547734773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55dd0db6681b4c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2634762bb045bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96e3829547734773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d843ab0d82749ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55dd0db6681b4c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>