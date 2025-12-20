--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514701faf53d409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c5f88a50cd4011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55dd0db6681b4c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918cb8a978204345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d843ab0d82749ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55dd0db6681b4c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c3677cb3744a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918cb8a978204345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>175,616</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>