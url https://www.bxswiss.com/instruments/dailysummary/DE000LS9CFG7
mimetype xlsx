--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c5f88a50cd4011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9ee22c619c47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918cb8a978204345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79a12efa4fb41cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c3677cb3744a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918cb8a978204345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afac250a71d44ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79a12efa4fb41cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>