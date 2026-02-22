--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9ee22c619c47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde4d2611bd84c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79a12efa4fb41cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aaf7939e69d4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afac250a71d44ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79a12efa4fb41cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f8ed917ed3431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aaf7939e69d4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>216,964</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>