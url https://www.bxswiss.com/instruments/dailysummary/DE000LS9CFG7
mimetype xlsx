--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde4d2611bd84c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9a93fb74e34ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aaf7939e69d4335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7423c6ad24c49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f8ed917ed3431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aaf7939e69d4335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f13822f829345e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7423c6ad24c49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>