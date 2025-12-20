--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f0301ae2bc4233" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02f29bdf3e74daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9832856eae614247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd8531ca355344ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64226d3c63694776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9832856eae614247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86d9778709a47fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd8531ca355344ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChinaAktien an Frankfurter Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,873</x:t>
-[...576 lines deleted...]
-          <x:t>157,956</x:t>
+          <x:t>156,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>