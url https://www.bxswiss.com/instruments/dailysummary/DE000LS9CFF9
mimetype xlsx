--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02f29bdf3e74daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae7269b05d64eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd8531ca355344ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11042a938a4440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86d9778709a47fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd8531ca355344ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra195f70f2a604b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11042a938a4440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChinaAktien an Frankfurter Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>156,706</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>