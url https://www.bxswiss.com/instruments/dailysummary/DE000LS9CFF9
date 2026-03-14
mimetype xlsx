--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae7269b05d64eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18def6503c8b4735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11042a938a4440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb07eeb6508c74d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra195f70f2a604b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11042a938a4440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R414dd9f03c68454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb07eeb6508c74d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChinaAktien an Frankfurter Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>