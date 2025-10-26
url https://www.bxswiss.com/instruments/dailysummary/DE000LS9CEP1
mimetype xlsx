--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b0380db13d4644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d5b1db2b104ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a925a27ad74217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bda996eaecc4546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52eac71c98fc44c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a925a27ad74217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5bcd1f40254da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bda996eaecc4546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of the Dow Low Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CEP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>