--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d5b1db2b104ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f01c47ae894015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bda996eaecc4546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c27a0b2836449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5bcd1f40254da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bda996eaecc4546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3d48bff29e4ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c27a0b2836449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of the Dow Low Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CEP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,677</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>