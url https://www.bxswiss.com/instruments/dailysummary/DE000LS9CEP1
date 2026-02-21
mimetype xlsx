--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f01c47ae894015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268c5b65b0054648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c27a0b2836449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3283012c9b470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3d48bff29e4ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c27a0b2836449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf87452d3cde640a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3283012c9b470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of the Dow Low Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CEP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>145,072</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>