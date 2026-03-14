--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268c5b65b0054648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5df8cd37c644430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3283012c9b470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R550593f6ee8d43d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf87452d3cde640a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3283012c9b470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc0ef15dabf842a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R550593f6ee8d43d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of the Dow Low Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CEP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>