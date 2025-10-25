--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ae3b408140416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f34b917f6148b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05bd862fe0c4cc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a41ea4d8a9943c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c6bc19cdee40c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05bd862fe0c4cc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afce8f7def843d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a41ea4d8a9943c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>246,219</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>246,144</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>