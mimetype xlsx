--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f34b917f6148b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d62b83595b4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a41ea4d8a9943c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a110f047cf74982"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afce8f7def843d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a41ea4d8a9943c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1919c0ab93fe401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a110f047cf74982" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>246,810</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>246,598</x:t>
-[...166 lines deleted...]
-          <x:t>243,935</x:t>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>