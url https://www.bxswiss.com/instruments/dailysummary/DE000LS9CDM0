--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d62b83595b4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c1fd82dece44b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a110f047cf74982"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad6b3e611064cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1919c0ab93fe401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a110f047cf74982" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5535282e023045b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad6b3e611064cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>