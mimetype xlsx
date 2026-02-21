--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c1fd82dece44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afc91bbcdca4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad6b3e611064cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb29763f1ed0c4f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5535282e023045b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad6b3e611064cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94090309765f4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb29763f1ed0c4f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,928</x:t>
-[...171 lines deleted...]
-          <x:t>252,477</x:t>
+          <x:t>250,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>