--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afc91bbcdca4973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8776a54b49224421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb29763f1ed0c4f60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bef7ba4b41d4ba9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94090309765f4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb29763f1ed0c4f60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c826ec4412444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bef7ba4b41d4ba9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>248,789</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>247,753</x:t>
-[...200 lines deleted...]
-          <x:t>243,284</x:t>
+          <x:t>245,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>243,016</x:t>
-[...409 lines deleted...]
-          <x:t>247,974</x:t>
+          <x:t>245,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>