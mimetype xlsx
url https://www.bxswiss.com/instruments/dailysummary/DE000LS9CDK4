--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18809d129ac7491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7679e02ea145c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173f9771ce2b41a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b57d1926bd649f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd1efed015f44a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173f9771ce2b41a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0edf2c2c674544fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b57d1926bd649f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>234,115</x:t>
-[...603 lines deleted...]
-          <x:t>237,993</x:t>
+          <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>