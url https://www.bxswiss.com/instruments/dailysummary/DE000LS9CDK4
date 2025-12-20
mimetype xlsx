--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7679e02ea145c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70ddb7b73d84af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b57d1926bd649f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049a4c6d7cee4d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0edf2c2c674544fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b57d1926bd649f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d5ff77b4554c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049a4c6d7cee4d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>238,669</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>