--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70ddb7b73d84af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838d0d025a5b4142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049a4c6d7cee4d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e8210aa7844135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d5ff77b4554c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049a4c6d7cee4d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8829d3acbb544c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e8210aa7844135" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>