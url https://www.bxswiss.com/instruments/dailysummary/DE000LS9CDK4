--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838d0d025a5b4142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7692dbe6ae114f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e8210aa7844135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6ae942a1c74b7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8829d3acbb544c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e8210aa7844135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce437965f0b4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6ae942a1c74b7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>274,582</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>