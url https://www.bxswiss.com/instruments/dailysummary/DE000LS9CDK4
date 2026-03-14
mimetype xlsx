--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7692dbe6ae114f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R100ff725aaea449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6ae942a1c74b7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8583d98957487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce437965f0b4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6ae942a1c74b7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c728dbb57544df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8583d98957487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>