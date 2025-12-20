--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6ec9e99435487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa472271d582428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e8b0183d0f412f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b0c831a38464cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b7153284cf24ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e8b0183d0f412f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0075ca21a1354802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b0c831a38464cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>228,971</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>