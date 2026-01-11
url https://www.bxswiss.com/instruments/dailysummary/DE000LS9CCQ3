--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa472271d582428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd1259aeff1430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b0c831a38464cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0de039f504484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0075ca21a1354802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b0c831a38464cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf3de2137a64662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0de039f504484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>