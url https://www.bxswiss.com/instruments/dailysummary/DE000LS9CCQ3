--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd1259aeff1430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a6d6c0b9e349c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0de039f504484a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19455994326d4948"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf3de2137a64662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0de039f504484a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1b6e5ee49645cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19455994326d4948" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>242,511</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>