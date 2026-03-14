--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a6d6c0b9e349c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07db88f337e7497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19455994326d4948"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85aceec03903447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1b6e5ee49645cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19455994326d4948" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222787e309b545fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85aceec03903447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>241,004</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>240,798</x:t>
-[...593 lines deleted...]
-          <x:t>234,793</x:t>
+          <x:t>234,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>