--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514121f7ac9c4d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f64f85decd5422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef5b72376a84087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81aa3310272949f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283de1e3423845de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef5b72376a84087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf34d78e8780425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81aa3310272949f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Phil Graham German Value Small</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>164,248</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,558</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>165,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,669</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>