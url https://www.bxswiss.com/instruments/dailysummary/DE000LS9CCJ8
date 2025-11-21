--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f64f85decd5422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fabcd7c0d1f4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81aa3310272949f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65c26e82e824906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf34d78e8780425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81aa3310272949f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e0a6e2123b4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65c26e82e824906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Phil Graham German Value Small</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>167,696</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,157</x:t>
-[...490 lines deleted...]
-          <x:t>177,781</x:t>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>