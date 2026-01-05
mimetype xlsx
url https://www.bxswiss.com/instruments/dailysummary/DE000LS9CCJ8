--- v2 (2025-11-21)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fabcd7c0d1f4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f13188cbbda49d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65c26e82e824906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae9b1d9b4254142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e0a6e2123b4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65c26e82e824906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc069f67e0dd147eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae9b1d9b4254142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Phil Graham German Value Small</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>176,516</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,472</x:t>
-[...301 lines deleted...]
-          <x:t>171,143</x:t>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>