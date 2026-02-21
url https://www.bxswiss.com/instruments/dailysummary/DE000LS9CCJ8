--- v3 (2026-01-05)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f13188cbbda49d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fad45accef048ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae9b1d9b4254142"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2216c801c7844a8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc069f67e0dd147eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae9b1d9b4254142" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3864c4dd1dd14646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2216c801c7844a8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Phil Graham German Value Small</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>179,040</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>