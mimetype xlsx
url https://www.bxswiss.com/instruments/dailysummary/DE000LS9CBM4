--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e474aab333a4efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dd4bb01f36479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3bdecbc7804fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69d48ed4b184283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd605f3dc7414bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3bdecbc7804fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9599d45153438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69d48ed4b184283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>471,032</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>