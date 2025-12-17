--- v1 (2025-11-10)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dd4bb01f36479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8a7b37cec6403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69d48ed4b184283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9bb9913f994c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9599d45153438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69d48ed4b184283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9232a2270c4e40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9bb9913f994c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>470,307</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>