--- v2 (2025-12-17)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8a7b37cec6403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf2bc43b00d4d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9bb9913f994c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b37eae2879433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9232a2270c4e40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9bb9913f994c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b9c202cc1a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b37eae2879433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>502,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>