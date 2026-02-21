--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf2bc43b00d4d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b0f657d9e84a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b37eae2879433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94497fc837a54cb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b9c202cc1a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b37eae2879433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6e31c2fb4b496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94497fc837a54cb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>486,900</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>