--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b0f657d9e84a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed298a6b20241a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94497fc837a54cb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9460714545f4788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6e31c2fb4b496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94497fc837a54cb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e371aa1b074e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9460714545f4788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>