--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b368e998f1e4d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00854a3b2044ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4fc0b7cc5374cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0227253c4b4d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c6b34f6ac34794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4fc0b7cc5374cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6311b18c0f4440e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0227253c4b4d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend small &amp; mid companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,197</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>