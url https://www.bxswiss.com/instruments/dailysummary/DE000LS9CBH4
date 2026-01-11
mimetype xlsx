--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00854a3b2044ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1239f2028e9940bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0227253c4b4d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c5568383dba4efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6311b18c0f4440e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0227253c4b4d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9860fe626147ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c5568383dba4efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend small &amp; mid companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>104,759</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,514</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>105,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>