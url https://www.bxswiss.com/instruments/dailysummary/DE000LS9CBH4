--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1239f2028e9940bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426914ad97164094" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c5568383dba4efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd757fe9f798644e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9860fe626147ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c5568383dba4efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4bd1cc877b4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd757fe9f798644e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend small &amp; mid companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,473</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>