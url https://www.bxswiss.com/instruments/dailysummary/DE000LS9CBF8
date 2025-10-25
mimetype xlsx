--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b394e71db2e4ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R040fd2039c294aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77117e2f48784916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96fcb11a2fad44c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa6f59cd3134622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77117e2f48784916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb3e97c76ba4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96fcb11a2fad44c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Stars Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>