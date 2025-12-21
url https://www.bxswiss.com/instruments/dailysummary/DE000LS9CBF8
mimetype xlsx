--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R040fd2039c294aa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d0d47d262745ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96fcb11a2fad44c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7251b03c9a7b46d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb3e97c76ba4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96fcb11a2fad44c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4136f879e1b94c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7251b03c9a7b46d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Stars Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,189</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>