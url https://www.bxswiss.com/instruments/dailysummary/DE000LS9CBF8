--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d0d47d262745ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfef3a734614950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7251b03c9a7b46d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbcf836d21674839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4136f879e1b94c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7251b03c9a7b46d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844c1ecdb5d44190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbcf836d21674839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Stars Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>