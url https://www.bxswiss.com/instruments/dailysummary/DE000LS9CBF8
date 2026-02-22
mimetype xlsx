--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfef3a734614950" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re188abf1b1e144e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbcf836d21674839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra000c717a80e4b5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844c1ecdb5d44190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbcf836d21674839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e0cd1ab78c4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra000c717a80e4b5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Stars Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,325</x:t>
-[...144 lines deleted...]
-          <x:t>134,611</x:t>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>