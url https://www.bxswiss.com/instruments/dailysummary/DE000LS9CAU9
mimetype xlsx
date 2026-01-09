--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08e870fd3794b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec0eb09dd34483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1666cfc9ebe04690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1bdcf80dd24c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5136220494741b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1666cfc9ebe04690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db797b3b48744be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1bdcf80dd24c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>185,927</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,941</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>184,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>