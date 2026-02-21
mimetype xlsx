--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec0eb09dd34483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab0b4b190de5426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1bdcf80dd24c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b15764bfbd24c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db797b3b48744be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1bdcf80dd24c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c50a673f52247b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b15764bfbd24c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>192,291</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>