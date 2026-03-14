--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab0b4b190de5426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4035bc7a61643a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b15764bfbd24c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ffe388fc084647"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c50a673f52247b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b15764bfbd24c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ce6ad1724c4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ffe388fc084647" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,649</x:t>
-[...630 lines deleted...]
-          <x:t>193,408</x:t>
+          <x:t>191,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>