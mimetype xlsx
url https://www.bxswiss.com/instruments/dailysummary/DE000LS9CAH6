--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac429fe1111e4c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a994798cfb24d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb671ed0cebf4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9b8e5de00b4b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71659d10f3de4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb671ed0cebf4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f0cbe10d42430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9b8e5de00b4b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VERA Aktien Europa 4 Ind-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,944</x:t>
-[...4 lines deleted...]
-          <x:t>58,814</x:t>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>58,981</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>