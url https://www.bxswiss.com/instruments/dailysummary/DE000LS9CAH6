--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a994798cfb24d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac4a269d51c4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9b8e5de00b4b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1adf1e2b17414fcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f0cbe10d42430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9b8e5de00b4b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696362e8107d4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1adf1e2b17414fcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VERA Aktien Europa 4 Ind-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,697</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>