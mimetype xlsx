--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac4a269d51c4fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5d94edfb2944d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1adf1e2b17414fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cd883ec9eb748e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696362e8107d4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1adf1e2b17414fcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c81af94a3b54c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cd883ec9eb748e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VERA Aktien Europa 4 Ind-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>