--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f75ca99c984467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8169c1f1424436" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167e553c0beb4016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d3e8e526e74bbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf847dbd3578a4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167e553c0beb4016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e27b10389af48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d3e8e526e74bbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende - Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,348 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...296 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -684,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>