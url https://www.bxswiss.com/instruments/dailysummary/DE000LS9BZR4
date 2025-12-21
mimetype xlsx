--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8169c1f1424436" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae26eb456d84905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d3e8e526e74bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb248481ec04389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e27b10389af48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d3e8e526e74bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa067134fad646ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb248481ec04389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende - Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>222,204</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>