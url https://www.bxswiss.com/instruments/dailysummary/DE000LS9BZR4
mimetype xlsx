--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae26eb456d84905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33092baf61f42d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb248481ec04389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d2981bb5de43cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa067134fad646ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb248481ec04389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fc0e9bc41a4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d2981bb5de43cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende - Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,422</x:t>
@@ -764,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>