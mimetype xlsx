--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33092baf61f42d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc1e7c49131408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d2981bb5de43cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7699e406e949ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fc0e9bc41a4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d2981bb5de43cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2abe7ed6f0b4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7699e406e949ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende - Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>231,552</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>