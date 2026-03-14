--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc1e7c49131408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5a9b1977394ebc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7699e406e949ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185ba1f70bf14327"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2abe7ed6f0b4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7699e406e949ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf337ffde3c473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185ba1f70bf14327" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende - Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>