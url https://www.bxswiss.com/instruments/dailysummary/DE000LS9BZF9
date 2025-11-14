--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d90b13d826a41f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9cb1ad319645fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069a60d92eba4cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df993a91a4d4627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac54b62220fb49e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069a60d92eba4cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4f6772d0914d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df993a91a4d4627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,862</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>