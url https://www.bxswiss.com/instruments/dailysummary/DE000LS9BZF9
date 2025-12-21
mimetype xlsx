--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9cb1ad319645fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a747443a4f4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df993a91a4d4627"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b0c2f7c275d4344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4f6772d0914d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df993a91a4d4627" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R778b27a2b8034b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b0c2f7c275d4344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,944</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>