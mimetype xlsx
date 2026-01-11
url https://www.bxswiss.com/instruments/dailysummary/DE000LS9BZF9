--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a747443a4f4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd34161f0daa49e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b0c2f7c275d4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315aa33156a4411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R778b27a2b8034b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b0c2f7c275d4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed171fae83d4cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315aa33156a4411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>