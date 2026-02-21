--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd34161f0daa49e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26979f22f3ca4422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315aa33156a4411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9960f0bdde4496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed171fae83d4cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315aa33156a4411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92da64d9eaf14ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9960f0bdde4496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>208,989</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>