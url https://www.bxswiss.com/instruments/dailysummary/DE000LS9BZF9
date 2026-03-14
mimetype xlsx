--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26979f22f3ca4422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c564b8edc7481d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9960f0bdde4496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4eb7629017b40ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92da64d9eaf14ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9960f0bdde4496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a7c65aa77f41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4eb7629017b40ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>