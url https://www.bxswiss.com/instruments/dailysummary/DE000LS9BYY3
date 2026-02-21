--- v0 (2025-10-07)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a8ab4097d454635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ddc6e1d66a4351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1087c5bca21c42be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9037ca114edb4805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea38ec949b94db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1087c5bca21c42be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777a437b645440f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9037ca114edb4805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ShareRadar GLOBAL GAMING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BYY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>209,378</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>