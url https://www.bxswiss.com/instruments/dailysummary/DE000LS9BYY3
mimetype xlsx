--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ddc6e1d66a4351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e663ad89084a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9037ca114edb4805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ad77279ede47b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777a437b645440f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9037ca114edb4805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8a042086c84f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ad77279ede47b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ShareRadar GLOBAL GAMING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BYY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>