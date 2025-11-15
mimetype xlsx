--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaae6fdd7c5544f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf725f006a987400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf866ce21e5a54cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab24c3d4b71449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99796807cf648b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf866ce21e5a54cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f37f47ee204234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab24c3d4b71449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Süddeutscher Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>194,022</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,735</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>193,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,988</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>