--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf725f006a987400e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1e92f5af184b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab24c3d4b71449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc421270ec53643b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f37f47ee204234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab24c3d4b71449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd68c76399fe43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc421270ec53643b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Süddeutscher Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,988</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>193,307</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,283</x:t>
-[...193 lines deleted...]
-          <x:t>191,455</x:t>
+          <x:t>193,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>