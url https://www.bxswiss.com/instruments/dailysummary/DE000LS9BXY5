--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1e92f5af184b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b05ad4a0e88410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc421270ec53643b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a7a1e4479ca4487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd68c76399fe43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc421270ec53643b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2861e670ae524ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a7a1e4479ca4487" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Süddeutscher Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,462</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>