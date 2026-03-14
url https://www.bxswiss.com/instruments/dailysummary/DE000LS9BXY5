--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b05ad4a0e88410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd78f20a8d027424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a7a1e4479ca4487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df09bd50967462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2861e670ae524ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a7a1e4479ca4487" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f94ba997482435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df09bd50967462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Süddeutscher Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>