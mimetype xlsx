--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f71c23d1ce04970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56751b192d6d48cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6b3beb5f61409c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1acb1f816eaf4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b739eaa3d5c4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6b3beb5f61409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d19e0ed1d143a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1acb1f816eaf4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Nebenwerte Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,333</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>