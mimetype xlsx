--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56751b192d6d48cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd343f25f34304e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1acb1f816eaf4d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2b3a5cf2b74a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d19e0ed1d143a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1acb1f816eaf4d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb14b1e6e5e48a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2b3a5cf2b74a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Nebenwerte Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>144,069</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>147,326</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>