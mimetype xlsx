--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd343f25f34304e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3a945c748349cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2b3a5cf2b74a2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bface2ee4834cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb14b1e6e5e48a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2b3a5cf2b74a2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb75a260716245d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bface2ee4834cfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Nebenwerte Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>