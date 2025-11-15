--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371aac75b1fd4b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765e38e933e24af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae64d09b5b547b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a984e67d4e245f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7147347ebda4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae64d09b5b547b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc8e25d03a204e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a984e67d4e245f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>115,057</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>115,453</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>