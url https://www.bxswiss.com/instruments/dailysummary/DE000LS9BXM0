--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765e38e933e24af1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbf8d36151b4f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a984e67d4e245f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217b31a4fdf44dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc8e25d03a204e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a984e67d4e245f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162325ebe86c43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217b31a4fdf44dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,838</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>