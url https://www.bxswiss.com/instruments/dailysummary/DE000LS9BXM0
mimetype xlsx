--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbf8d36151b4f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8e74d0ef9a4374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217b31a4fdf44dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff08d8a64bc4321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162325ebe86c43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217b31a4fdf44dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09cb4c1647b043ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff08d8a64bc4321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>