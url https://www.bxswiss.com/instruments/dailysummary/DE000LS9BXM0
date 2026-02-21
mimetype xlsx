--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8e74d0ef9a4374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46499e0f8505479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff08d8a64bc4321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb531c838d09f4404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09cb4c1647b043ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff08d8a64bc4321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60269959768f44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb531c838d09f4404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,731</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>118,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>