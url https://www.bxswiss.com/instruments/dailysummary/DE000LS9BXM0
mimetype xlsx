--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46499e0f8505479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20426fa579534b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb531c838d09f4404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ff5bab824a4045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60269959768f44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb531c838d09f4404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4f2bc5368674559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ff5bab824a4045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>