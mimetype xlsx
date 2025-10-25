--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbaaa0847e2d42c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9ef3ffbcde4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31f0608380d4484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac2488fa26a4e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8e744e73114a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31f0608380d4484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80fb7e5760484321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac2488fa26a4e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>