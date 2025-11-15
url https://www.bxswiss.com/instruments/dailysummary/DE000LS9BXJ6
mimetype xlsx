--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9ef3ffbcde4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9601434276e47c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac2488fa26a4e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52305f188b64b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80fb7e5760484321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac2488fa26a4e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866e1dd96d5c4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52305f188b64b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>224,911</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>224,695</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>224,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,478</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>223,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,943</x:t>
-[...90 lines deleted...]
-          <x:t>223,245</x:t>
+          <x:t>222,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>