--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9601434276e47c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6234b16ec54fc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52305f188b64b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff3d7689fe0457e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866e1dd96d5c4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52305f188b64b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51638bc9f9be4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff3d7689fe0457e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>224,546</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,991</x:t>
-[...598 lines deleted...]
-          <x:t>222,259</x:t>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>