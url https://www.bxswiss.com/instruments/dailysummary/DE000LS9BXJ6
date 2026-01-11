--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6234b16ec54fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67d88a853c04517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff3d7689fe0457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7df71e8393649db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51638bc9f9be4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff3d7689fe0457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0153afd40dd64bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7df71e8393649db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>225,462</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>225,324</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>225,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,348</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>