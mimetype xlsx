--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67d88a853c04517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7f5d0ceab7499f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7df71e8393649db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b01521195c44cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0153afd40dd64bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7df71e8393649db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f7331a18fa41cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b01521195c44cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>224,522</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>