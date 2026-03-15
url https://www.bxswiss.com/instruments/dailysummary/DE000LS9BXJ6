--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7f5d0ceab7499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd416fe7b635a458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b01521195c44cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d66fdefb984144"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f7331a18fa41cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b01521195c44cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946dbcd3e74843cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d66fdefb984144" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>