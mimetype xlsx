--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re908ea5dcdd74ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d64a0952a04e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad7aa20d3f74f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f502d1a75d4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8bd6f1de0e4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad7aa20d3f74f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16593bfca26e4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f502d1a75d4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,491</x:t>
-[...522 lines deleted...]
-          <x:t>123,398</x:t>
+          <x:t>120,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>