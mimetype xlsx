--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d64a0952a04e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ed5c6e253947bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f502d1a75d4fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4946f14b742446ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16593bfca26e4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f502d1a75d4fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11be5c528c3945d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4946f14b742446ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>