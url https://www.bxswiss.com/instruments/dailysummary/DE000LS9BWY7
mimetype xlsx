--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ed5c6e253947bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6949861cc54825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4946f14b742446ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7fc0d992c4d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11be5c528c3945d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4946f14b742446ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16148c4c5094fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7fc0d992c4d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>117,845</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,172</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>116,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>