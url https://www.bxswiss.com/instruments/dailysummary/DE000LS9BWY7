--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6949861cc54825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f58f9cde94c4230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7fc0d992c4d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad150dc9e7824e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16148c4c5094fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7fc0d992c4d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8cd54996fac4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad150dc9e7824e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,540</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>