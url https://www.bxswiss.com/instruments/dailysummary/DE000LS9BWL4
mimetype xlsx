--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7ff1b241764d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf5e235ac1c42de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33fa2c05f9749df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra04c6118c47f4c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74319c4f7d684167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33fa2c05f9749df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9e91a20d5074a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra04c6118c47f4c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>