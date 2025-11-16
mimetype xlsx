--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf5e235ac1c42de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927829b9f6294395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra04c6118c47f4c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1907b64ae7c4b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9e91a20d5074a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra04c6118c47f4c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reecfcd53503442a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1907b64ae7c4b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>197,452</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>199,301</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>