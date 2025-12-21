--- v2 (2025-11-16)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927829b9f6294395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a358c19b9e54fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1907b64ae7c4b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f2a4aec7454250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reecfcd53503442a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1907b64ae7c4b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R357f1f86656a4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f2a4aec7454250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,843</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>190,318</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>