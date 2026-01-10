--- v3 (2025-12-21)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a358c19b9e54fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16648b795d4d4360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f2a4aec7454250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7323b7f3d6604356"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R357f1f86656a4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f2a4aec7454250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629399634a904ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7323b7f3d6604356" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>