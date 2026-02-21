--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16648b795d4d4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7f6d067c004765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7323b7f3d6604356"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c7d88aab9b475f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629399634a904ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7323b7f3d6604356" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfbeb761b19b40cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c7d88aab9b475f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>208,325</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>