--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7f6d067c004765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c9f60b4b644c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c7d88aab9b475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b0a75afdfc34284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfbeb761b19b40cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c7d88aab9b475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ddbc0684d44d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b0a75afdfc34284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>