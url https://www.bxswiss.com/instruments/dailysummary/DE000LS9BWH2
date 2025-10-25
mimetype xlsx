--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937d198d16ab42a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057e26eb8f23456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0fd0a71ac842dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34493b952b1457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b7db8b2a974c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0fd0a71ac842dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683eaaff07f24dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34493b952b1457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>577,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>627,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>