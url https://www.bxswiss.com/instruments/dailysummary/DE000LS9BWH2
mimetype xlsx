--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057e26eb8f23456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97573f11eeb54e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34493b952b1457c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78609ddd53dc4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683eaaff07f24dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34493b952b1457c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733c44eb0d1241af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78609ddd53dc4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>598,288</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>