--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97573f11eeb54e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0376fe240ed74d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78609ddd53dc4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafd462852354ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733c44eb0d1241af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78609ddd53dc4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85cc295bb95b4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafd462852354ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>550,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>546,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>