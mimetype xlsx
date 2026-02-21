--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0376fe240ed74d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb161b9a43bdc47fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafd462852354ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7779b05ba44ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85cc295bb95b4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafd462852354ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e6b7fc236c41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7779b05ba44ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>605,551</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>