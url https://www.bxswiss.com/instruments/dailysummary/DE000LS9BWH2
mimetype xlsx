--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb161b9a43bdc47fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8042fe537d9245fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7779b05ba44ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e79fd20df494d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e6b7fc236c41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7779b05ba44ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544c32fe88f44aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e79fd20df494d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>592,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>591,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>588,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>588,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>