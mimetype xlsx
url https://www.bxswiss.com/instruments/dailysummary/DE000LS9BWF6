--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c46cc835d84765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc770b6fe16e44d86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b4c514c3634c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddab1403a01a4b7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963d193c61ef4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b4c514c3634c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra157e79cc1484ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddab1403a01a4b7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Europäische Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,413</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>