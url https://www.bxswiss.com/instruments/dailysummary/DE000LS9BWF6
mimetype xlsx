--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc770b6fe16e44d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8f05c967484de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddab1403a01a4b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205056045f024c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra157e79cc1484ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddab1403a01a4b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52db1ded12f44960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205056045f024c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Europäische Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>121,664</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,967</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,901</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>