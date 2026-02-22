--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8f05c967484de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e357adc566d448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205056045f024c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e2542fd3ad47e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52db1ded12f44960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205056045f024c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040166a9d12744d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e2542fd3ad47e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Europäische Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>120,833</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,647</x:t>
-[...296 lines deleted...]
-          <x:t>127,621</x:t>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>