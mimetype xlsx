--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e357adc566d448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a45873fde624ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e2542fd3ad47e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f388f9e2e8c4987"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040166a9d12744d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e2542fd3ad47e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R725859ad67714744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f388f9e2e8c4987" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Europäische Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>