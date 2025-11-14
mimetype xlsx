--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a9250732f3f4e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37109e4583e14970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6853f7698f404a64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1bf222d719646ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf57af41e6494244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6853f7698f404a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96b37de36a54aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1bf222d719646ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig Market Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>115,829</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,639</x:t>
-[...404 lines deleted...]
-          <x:t>116,067</x:t>
+          <x:t>115,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>