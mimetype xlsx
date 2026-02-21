--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37109e4583e14970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db8791fb1d54cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1bf222d719646ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R737b007dd26e436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96b37de36a54aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1bf222d719646ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raffbe09171be42bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R737b007dd26e436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig Market Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,578</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>