--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db8791fb1d54cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra125ea15d4c94550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R737b007dd26e436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ce438352444d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raffbe09171be42bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R737b007dd26e436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d928e2592e24a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ce438352444d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig Market Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>