--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fba862960074b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19379cc07ab14e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe1be3f00c9e4cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075ffe0a75044466"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf668a398a4214664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe1be3f00c9e4cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ed32c15f214f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075ffe0a75044466" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienhändler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>88,525</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,478</x:t>
-[...215 lines deleted...]
-          <x:t>88,195</x:t>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>