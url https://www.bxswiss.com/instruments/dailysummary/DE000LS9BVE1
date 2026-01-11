--- v1 (2025-11-10)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19379cc07ab14e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1e2524a85a4d7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075ffe0a75044466"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ac9e2f0865646fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ed32c15f214f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075ffe0a75044466" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9079e061bc2e4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ac9e2f0865646fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienhändler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>88,109</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>03.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,144</x:t>
-[...117 lines deleted...]
-          <x:t>88,124</x:t>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>