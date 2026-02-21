--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1e2524a85a4d7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd914eb62c773451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ac9e2f0865646fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983f36346ebd45c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9079e061bc2e4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ac9e2f0865646fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45562a05882c4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983f36346ebd45c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienhändler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,101</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>