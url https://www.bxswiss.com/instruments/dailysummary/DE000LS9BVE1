--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd914eb62c773451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45db78101c824ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983f36346ebd45c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb264cdaa4d4d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45562a05882c4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983f36346ebd45c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9ae3abcbd04089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb264cdaa4d4d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienhändler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>