--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed4c0b3fefe4397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeee4cff64ee4f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8698bd890d54495b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f22c80af9c4f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bdc5504c8d84aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8698bd890d54495b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444f5ead4ac442b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f22c80af9c4f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>