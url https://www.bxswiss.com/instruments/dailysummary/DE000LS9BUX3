--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeee4cff64ee4f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa00cccc3864aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f22c80af9c4f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc12be7ae7a4a4cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444f5ead4ac442b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f22c80af9c4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbcae27eed5f4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc12be7ae7a4a4cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>172,756</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>