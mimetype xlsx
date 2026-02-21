--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa00cccc3864aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cd75c1ae27423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc12be7ae7a4a4cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5c35e3a55f4d39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbcae27eed5f4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc12be7ae7a4a4cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf077360a21844661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5c35e3a55f4d39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>167,132</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>