--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cd75c1ae27423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640686bdbe6c40f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5c35e3a55f4d39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e10c4671314465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf077360a21844661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5c35e3a55f4d39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312b89fb8aeb4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e10c4671314465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>