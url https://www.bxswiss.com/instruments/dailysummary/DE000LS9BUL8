--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9363e6a27f24879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c12341ad06a4b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c28b59b94e478e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0042fede9cf940a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e60c09403b4c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c28b59b94e478e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01a76a50faa4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0042fede9cf940a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,062</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>53,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>