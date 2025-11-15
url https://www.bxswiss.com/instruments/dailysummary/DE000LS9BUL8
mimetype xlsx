--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c12341ad06a4b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922a9674f6c94790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0042fede9cf940a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a3841ac5af4b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01a76a50faa4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0042fede9cf940a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a78cc7df5b24e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a3841ac5af4b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,802</x:t>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,752</x:t>
-[...222 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>52,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,463</x:t>
-[...16 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,341</x:t>
-[...90 lines deleted...]
-          <x:t>52,411</x:t>
+          <x:t>52,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>