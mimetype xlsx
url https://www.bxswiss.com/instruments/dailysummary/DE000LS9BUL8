--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922a9674f6c94790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70fb6bdae75d4496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a3841ac5af4b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b6493702a24fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a78cc7df5b24e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a3841ac5af4b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835f051c99904678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b6493702a24fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,399</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>52,584</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,728</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>52,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>