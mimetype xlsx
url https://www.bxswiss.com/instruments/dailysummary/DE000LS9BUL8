--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70fb6bdae75d4496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a142f097fd74334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b6493702a24fd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b74ef2544344be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835f051c99904678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b6493702a24fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88780aa4586c4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b74ef2544344be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>52,684</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,599</x:t>
-[...151 lines deleted...]
-          <x:t>52,841</x:t>
+          <x:t>52,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,711</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>52,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>