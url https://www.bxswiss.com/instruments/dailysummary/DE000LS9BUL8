--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a142f097fd74334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f85d2c081d64ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b74ef2544344be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec4c73d094749dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88780aa4586c4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b74ef2544344be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1fe2ae42b6c41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec4c73d094749dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>52,711</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>