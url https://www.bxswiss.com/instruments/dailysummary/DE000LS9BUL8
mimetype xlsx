--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f85d2c081d64ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711ea7fe547f43ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec4c73d094749dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ef305b3c354454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1fe2ae42b6c41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec4c73d094749dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fac82c5d5654cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ef305b3c354454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>