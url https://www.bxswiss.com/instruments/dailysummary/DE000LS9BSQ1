--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff352a484d94148" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ce84f8bedb4d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac215646895f4f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4156db6f6b3f4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3bc89488be84b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac215646895f4f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6b3383a0204bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4156db6f6b3f4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Effizienzlinien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>