--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ce84f8bedb4d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eadfbf7b3b540e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4156db6f6b3f4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e8add37dff4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6b3383a0204bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4156db6f6b3f4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418a057ba5644f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e8add37dff4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Effizienzlinien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>446,783</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>