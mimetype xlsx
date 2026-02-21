--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eadfbf7b3b540e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5102fa1d1a7401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e8add37dff4eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde425c1afb1147b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418a057ba5644f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e8add37dff4eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4a8e42b7304e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde425c1afb1147b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Effizienzlinien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>446,786</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>