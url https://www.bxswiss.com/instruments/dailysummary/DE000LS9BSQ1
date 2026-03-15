--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5102fa1d1a7401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1feea1d9b84649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde425c1afb1147b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R482a779212254522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4a8e42b7304e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde425c1afb1147b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664a9752edb84103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R482a779212254522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Effizienzlinien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>