--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd610506a170d4b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8536f31816a44619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bbbe7eb6db145bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8032cec927454cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec178546a52c41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bbbe7eb6db145bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf02ea06eec0483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8032cec927454cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haussi Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>197,417</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,938</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,012</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>