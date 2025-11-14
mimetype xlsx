--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8536f31816a44619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92cb92f6b084cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8032cec927454cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66fdb9f23354485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf02ea06eec0483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8032cec927454cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedae376a49849d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66fdb9f23354485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haussi Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>198,167</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,550</x:t>
-[...274 lines deleted...]
-          <x:t>200,665</x:t>
+          <x:t>199,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>