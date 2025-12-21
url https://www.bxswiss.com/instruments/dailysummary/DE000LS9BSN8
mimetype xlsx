--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92cb92f6b084cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949896cbf3a04aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66fdb9f23354485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4cc926babb4b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedae376a49849d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66fdb9f23354485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeca72ddee7e4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4cc926babb4b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haussi Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...625 lines deleted...]
-          <x:t>198,771</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,537</x:t>
-[...4 lines deleted...]
-          <x:t>199,308</x:t>
+          <x:t>199,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>