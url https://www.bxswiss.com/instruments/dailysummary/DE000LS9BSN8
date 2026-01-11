--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949896cbf3a04aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331b08e318ff425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4cc926babb4b10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91633e8085b4d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeca72ddee7e4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4cc926babb4b10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re641a5ff7def4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91633e8085b4d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haussi Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>202,445</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,178</x:t>
-[...404 lines deleted...]
-          <x:t>201,371</x:t>
+          <x:t>199,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>