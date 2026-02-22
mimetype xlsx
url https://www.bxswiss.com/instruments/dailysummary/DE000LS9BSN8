--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331b08e318ff425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0389b3dab9e4b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91633e8085b4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3f77ffebb5465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re641a5ff7def4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91633e8085b4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeaced467ff14b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3f77ffebb5465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haussi Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,072</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>