--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0389b3dab9e4b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3aba52d349419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3f77ffebb5465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bc46e32ded4c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeaced467ff14b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3f77ffebb5465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d802365a7f248f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bc46e32ded4c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haussi Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>210,436</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,252</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>213,658</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>