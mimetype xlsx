--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089fdd43735445e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7301737fa8ce4a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade20b4db1414276"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9ecf990c0445cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36b6fb9cb1d4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade20b4db1414276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c30eff5942842ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9ecf990c0445cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,265</x:t>
-[...549 lines deleted...]
-          <x:t>96,882</x:t>
+          <x:t>96,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>