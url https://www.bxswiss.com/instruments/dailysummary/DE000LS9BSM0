--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7301737fa8ce4a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7588617ccf74483e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9ecf990c0445cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16425ac851c249c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c30eff5942842ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9ecf990c0445cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35942e0773ba4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16425ac851c249c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,854</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>