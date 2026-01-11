--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7588617ccf74483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0172dffe604d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16425ac851c249c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc67261e082ae421e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35942e0773ba4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16425ac851c249c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2098212822d4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc67261e082ae421e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>94,800</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,893</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>95,437</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,117</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,151</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>