--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0172dffe604d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80918f6d55de46ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc67261e082ae421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c9a32c8b984baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2098212822d4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc67261e082ae421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1f4e57d13e4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c9a32c8b984baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,090</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>