--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80918f6d55de46ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ee27940ab474b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c9a32c8b984baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ba1d2edd0344e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1f4e57d13e4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c9a32c8b984baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3971677a4314a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ba1d2edd0344e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>93,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>