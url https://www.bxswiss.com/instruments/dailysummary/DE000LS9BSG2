--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230854d5453649ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3429d9aba20407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f76136eaae4b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaeace6fed604740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699f3c7886284d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f76136eaae4b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda893a2b3d14438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaeace6fed604740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CBS Investment+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>276,607</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>