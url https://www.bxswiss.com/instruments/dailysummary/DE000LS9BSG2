--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3429d9aba20407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c4224780394eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaeace6fed604740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517fbbd352234cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda893a2b3d14438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaeace6fed604740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70d5d4ef14d4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517fbbd352234cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CBS Investment+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>