--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c4224780394eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd286d4a2e363449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517fbbd352234cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32fd1f73a3994059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70d5d4ef14d4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517fbbd352234cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1ca7761b2443b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32fd1f73a3994059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CBS Investment+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>293,945</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>