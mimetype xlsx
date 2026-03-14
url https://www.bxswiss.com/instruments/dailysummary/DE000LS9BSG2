--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd286d4a2e363449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0836f771064ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32fd1f73a3994059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf82f33fd9f4244a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1ca7761b2443b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32fd1f73a3994059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755a3c1eab604bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf82f33fd9f4244a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CBS Investment+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>