--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410cf4e464ee429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027dfb2197c34fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fd23b25aebc4d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774db74fffac4177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4489d27d5f6e477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fd23b25aebc4d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3226a1ed12884665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774db74fffac4177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Reversal Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BRH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,459</x:t>
-[...372 lines deleted...]
-          <x:t>104,052</x:t>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,905</x:t>
-[...139 lines deleted...]
-          <x:t>104,192</x:t>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>