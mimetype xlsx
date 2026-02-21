--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027dfb2197c34fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bccbc123414674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774db74fffac4177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9314fbe41e740d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3226a1ed12884665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774db74fffac4177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c6fc8c3c1a4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9314fbe41e740d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Reversal Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BRH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,240</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>