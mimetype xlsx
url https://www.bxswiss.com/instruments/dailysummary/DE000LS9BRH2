--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bccbc123414674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a261095c9ef4b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9314fbe41e740d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9da5b5132c548b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c6fc8c3c1a4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9314fbe41e740d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a8a0cdc5920441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9da5b5132c548b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Reversal Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BRH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>102,197</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,068</x:t>
-[...43 lines deleted...]
-          <x:t>102,141</x:t>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,862</x:t>
-[...129 lines deleted...]
-          <x:t>101,550</x:t>
+          <x:t>102,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,594</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>101,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>