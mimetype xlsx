--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557b6f1be1374906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fb45fa3a484c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f754b60847e463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3953e5c99d8947de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b00ac17f3e41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f754b60847e463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbb85cb2ad04405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3953e5c99d8947de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ OUTGROW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>