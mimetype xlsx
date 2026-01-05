--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fb45fa3a484c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28665dafe799445f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3953e5c99d8947de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaeada394a744d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbb85cb2ad04405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3953e5c99d8947de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efc2a9f1bf94a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaeada394a744d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ OUTGROW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>253,239</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>