--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28665dafe799445f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc35e8587d4406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaeada394a744d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d13a5e0e0e4fc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efc2a9f1bf94a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaeada394a744d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7070d1eee0034383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d13a5e0e0e4fc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ OUTGROW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>220,582</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>