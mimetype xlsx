--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc35e8587d4406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra739e4a65c6e484d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d13a5e0e0e4fc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3917c04645b4fb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7070d1eee0034383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d13a5e0e0e4fc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045e3c0e11cf4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3917c04645b4fb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ OUTGROW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>