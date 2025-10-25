--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb3a1d6e74247d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d941ca8326e4b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63867ddc07314a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9cc6088aba449a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20ddf3d612c4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63867ddc07314a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a1c5aadde24b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9cc6088aba449a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>