--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d941ca8326e4b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f1ce6b730147b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9cc6088aba449a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7112fd8337f940ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a1c5aadde24b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9cc6088aba449a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c63eea7a0c74eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7112fd8337f940ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>