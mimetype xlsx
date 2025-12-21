--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f1ce6b730147b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cfd9c61cac748b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7112fd8337f940ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c270c10bfe4986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c63eea7a0c74eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7112fd8337f940ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10018cfc080a44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c270c10bfe4986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>141,209</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,945</x:t>
-[...58 lines deleted...]
-          <x:t>129,944</x:t>
+          <x:t>139,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>