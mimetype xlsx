--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cfd9c61cac748b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4777ecc4c540fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c270c10bfe4986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b355d71ce84719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10018cfc080a44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c270c10bfe4986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ea8f1876b343fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b355d71ce84719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>