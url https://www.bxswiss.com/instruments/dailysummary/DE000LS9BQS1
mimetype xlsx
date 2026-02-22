--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4777ecc4c540fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f7ba1b5e6a44ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b355d71ce84719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2923beb96a439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ea8f1876b343fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b355d71ce84719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R670da2a74ac64c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2923beb96a439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,106</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>