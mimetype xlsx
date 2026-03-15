--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f7ba1b5e6a44ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017ebe482ce4435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2923beb96a439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d7a5634c1054033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R670da2a74ac64c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2923beb96a439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd109844e1674f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d7a5634c1054033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>