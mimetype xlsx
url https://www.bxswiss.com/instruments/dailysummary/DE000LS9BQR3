--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4afc9456504519" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48cc2a40c6974211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0740bdac5de14b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7113797e6f734211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a462c3899c34684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0740bdac5de14b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cc37f36297433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7113797e6f734211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound Aktien spekulativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>103,288</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,149</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>103,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,501</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>