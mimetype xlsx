--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48cc2a40c6974211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab04aeee4224fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7113797e6f734211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c3aa5950ee448e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cc37f36297433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7113797e6f734211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b59681b6a314f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c3aa5950ee448e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound Aktien spekulativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>103,553</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,483</x:t>
-[...151 lines deleted...]
-          <x:t>103,607</x:t>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,379</x:t>
-[...156 lines deleted...]
-          <x:t>102,962</x:t>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,074</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>102,367</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>