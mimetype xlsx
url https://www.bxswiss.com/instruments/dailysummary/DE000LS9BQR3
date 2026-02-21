--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab04aeee4224fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26aa9a1a75e427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c3aa5950ee448e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce6bf546f6841aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b59681b6a314f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c3aa5950ee448e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44dac434bec94520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce6bf546f6841aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound Aktien spekulativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,952</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>