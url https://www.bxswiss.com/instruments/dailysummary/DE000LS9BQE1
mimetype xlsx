--- v0 (2025-11-14)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19cf56c5bef4b1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d2839f7d28495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb24f47e655524ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d950c83d4e4f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e6afdf787343cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb24f47e655524ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07703d5f54f34ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d950c83d4e4f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstars Europa B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>240,587</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>