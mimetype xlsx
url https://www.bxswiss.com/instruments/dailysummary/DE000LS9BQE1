--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d2839f7d28495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61fa42f342564e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d950c83d4e4f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9cfd83ca054f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07703d5f54f34ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d950c83d4e4f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b34ad35d1c149c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9cfd83ca054f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstars Europa B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>254,479</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>