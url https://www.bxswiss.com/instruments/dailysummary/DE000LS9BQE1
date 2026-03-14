--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61fa42f342564e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7beaeae6b3048ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9cfd83ca054f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fc7a5903f0f43d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b34ad35d1c149c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9cfd83ca054f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16bc4eec908d4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fc7a5903f0f43d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstars Europa B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>260,578</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,119</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>259,607</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>