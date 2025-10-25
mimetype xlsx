--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb186b267a65548c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc624fb3868a34901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ed5ed653564977"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbac30d7453a4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef7a93841214269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ed5ed653564977" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70fe93de365b4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbac30d7453a4b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raus aus dem Keller</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>