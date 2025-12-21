--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc624fb3868a34901" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5963e0e656cf4830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbac30d7453a4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbccc87301ce4f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70fe93de365b4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbac30d7453a4b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b4d1aaf5cf455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbccc87301ce4f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raus aus dem Keller</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,299 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,495</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>