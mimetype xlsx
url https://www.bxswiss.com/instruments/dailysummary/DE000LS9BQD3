--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5963e0e656cf4830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88b18d2ee48434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbccc87301ce4f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996e14dba0224488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b4d1aaf5cf455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbccc87301ce4f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9f401edf714aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996e14dba0224488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raus aus dem Keller</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,281</x:t>
@@ -417,31 +319,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>