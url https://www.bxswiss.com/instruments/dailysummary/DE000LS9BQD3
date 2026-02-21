--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88b18d2ee48434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95af8918b434a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996e14dba0224488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ec941128bd4ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9f401edf714aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996e14dba0224488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c256266d9442e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ec941128bd4ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raus aus dem Keller</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,444 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...411 lines deleted...]
-          <x:t>208,201</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>