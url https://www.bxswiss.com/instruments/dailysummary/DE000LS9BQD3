--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95af8918b434a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b3f31a9c9c4b71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ec941128bd4ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b1f7a344f5412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c256266d9442e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ec941128bd4ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ffb69985914749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b1f7a344f5412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raus aus dem Keller</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>