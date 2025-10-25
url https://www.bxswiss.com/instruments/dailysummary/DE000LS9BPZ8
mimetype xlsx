--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae12889007a74eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b72762b9e04c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3b8f95a4634f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209937ae2eb94b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f196e1a05a4f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3b8f95a4634f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a89e2f70da4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209937ae2eb94b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,736</x:t>
-[...193 lines deleted...]
-          <x:t>102,853</x:t>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>104,864</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>