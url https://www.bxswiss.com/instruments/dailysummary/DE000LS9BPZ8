--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b72762b9e04c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d998799964243bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209937ae2eb94b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc378559100545e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a89e2f70da4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209937ae2eb94b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaad064d925441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc378559100545e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,271</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>