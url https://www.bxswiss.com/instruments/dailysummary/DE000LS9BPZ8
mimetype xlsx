--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d998799964243bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3950b20d3ebf4332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc378559100545e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfd9fc065ee4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaad064d925441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc378559100545e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008234a798014c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfd9fc065ee4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>