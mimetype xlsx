--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3950b20d3ebf4332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e7f41ca7e949af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfd9fc065ee4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243830d1ca7d4e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008234a798014c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfd9fc065ee4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5cd39c14b747f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243830d1ca7d4e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,677</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,694</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>102,489</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,313</x:t>
-[...274 lines deleted...]
-          <x:t>106,025</x:t>
+          <x:t>103,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>