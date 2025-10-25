--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd680bb22b3b84b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1fbdb6f0d348c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ec0cc515484f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea1e0013c454f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f94e209056d45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ec0cc515484f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3425157e16aa41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea1e0013c454f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.E.I.O.U.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>