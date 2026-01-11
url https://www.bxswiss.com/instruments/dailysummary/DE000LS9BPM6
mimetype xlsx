--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1fbdb6f0d348c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c5960aad554ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea1e0013c454f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe69adf7cc664f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3425157e16aa41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea1e0013c454f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e365ace627a4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe69adf7cc664f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.E.I.O.U.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>56,392</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>