--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c5960aad554ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93a5be1df3248d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe69adf7cc664f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd533770eb7d14104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e365ace627a4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe69adf7cc664f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d0efc73ab54a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd533770eb7d14104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.E.I.O.U.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>