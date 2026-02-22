--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93a5be1df3248d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb281168051294245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd533770eb7d14104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red955878b6b1462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d0efc73ab54a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd533770eb7d14104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f30c1be86924b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red955878b6b1462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.E.I.O.U.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>55,027</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>