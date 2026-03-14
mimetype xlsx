--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb281168051294245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb075ee8056a740f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red955878b6b1462e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d783e87d9e4da8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f30c1be86924b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red955878b6b1462e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4e2c19cd6142fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d783e87d9e4da8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.E.I.O.U.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>