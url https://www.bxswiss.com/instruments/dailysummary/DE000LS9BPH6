--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94915420f9864271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f2a5668b49430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f359d360da40a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d4b4d2ccca7426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62952a34d125455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f359d360da40a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5236432249904c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d4b4d2ccca7426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround Aktien Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>