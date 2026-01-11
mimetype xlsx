--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f2a5668b49430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fae073da404d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d4b4d2ccca7426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c3db16de384ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5236432249904c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d4b4d2ccca7426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27736cb9b544889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c3db16de384ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround Aktien Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,540</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>