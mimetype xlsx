--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fae073da404d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb73bc27efb49a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c3db16de384ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fbcce940dde4711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27736cb9b544889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c3db16de384ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b73ab9f3063470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fbcce940dde4711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround Aktien Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>227,975</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>