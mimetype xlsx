--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb73bc27efb49a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6180bdef1744b99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fbcce940dde4711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0df1e2a6d8948a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b73ab9f3063470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fbcce940dde4711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f73de71aec04684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0df1e2a6d8948a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround Aktien Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>226,734</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>230,938</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>