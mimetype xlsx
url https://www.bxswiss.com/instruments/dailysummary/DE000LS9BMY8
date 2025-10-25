--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf81025eeb5a45e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86fe61e4fcf4886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra51e72eb4dd0445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb49ebdea4c14d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded4e87f24904b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra51e72eb4dd0445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b4b3e0991794067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb49ebdea4c14d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>