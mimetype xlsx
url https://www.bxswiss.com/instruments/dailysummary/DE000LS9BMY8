--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86fe61e4fcf4886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18dcc6d3b58a4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb49ebdea4c14d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a30d3416f934df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b4b3e0991794067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb49ebdea4c14d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0f55649a97c4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a30d3416f934df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>334,046</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>