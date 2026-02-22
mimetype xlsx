--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18dcc6d3b58a4f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800b283008dc4d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a30d3416f934df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80d21ec92b04f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0f55649a97c4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a30d3416f934df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb44a82ac616c45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80d21ec92b04f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>319,449</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>