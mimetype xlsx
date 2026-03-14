--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800b283008dc4d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e47eac05d84c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80d21ec92b04f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaa055cd562b4676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb44a82ac616c45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80d21ec92b04f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38e1a690b7947a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaa055cd562b4676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>329,540</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>322,957</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>330,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>