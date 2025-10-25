--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re484b607125043a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98fa7b88aadd4c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36c66fd198e14eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3679181c88534cf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbfad4e62ad14f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36c66fd198e14eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c74199b64944d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3679181c88534cf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>171,939</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,006</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>172,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,729</x:t>
-[...38 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,876</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>172,276</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,255</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>172,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,394</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>