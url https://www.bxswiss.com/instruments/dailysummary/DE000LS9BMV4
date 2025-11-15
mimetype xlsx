--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98fa7b88aadd4c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e57f0e465484cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3679181c88534cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18102d31ee54385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c74199b64944d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3679181c88534cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b7d9cf8666495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18102d31ee54385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>