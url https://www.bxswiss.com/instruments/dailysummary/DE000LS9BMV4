--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e57f0e465484cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1e7e858367465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18102d31ee54385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf069d2676a14ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b7d9cf8666495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18102d31ee54385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8358c2692256477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf069d2676a14ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>171,490</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,081</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>169,696</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>