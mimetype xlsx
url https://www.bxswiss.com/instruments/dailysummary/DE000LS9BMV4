--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1e7e858367465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b1e5b2bd064d3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf069d2676a14ab1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5ee3a182a34155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8358c2692256477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf069d2676a14ab1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963ea3e28cad4257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5ee3a182a34155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>