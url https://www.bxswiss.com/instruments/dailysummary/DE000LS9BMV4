--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b1e5b2bd064d3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588ace4e49cc4443" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5ee3a182a34155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a60e2f2ded45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963ea3e28cad4257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5ee3a182a34155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebe9b198eb44d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a60e2f2ded45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,631</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>