--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588ace4e49cc4443" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fc4221089f42d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a60e2f2ded45e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96338ec399274c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebe9b198eb44d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a60e2f2ded45e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bcce72c8a94f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96338ec399274c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -304,31 +297,38 @@
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>