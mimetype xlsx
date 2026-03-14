--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fc4221089f42d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1381d4d53454359" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96338ec399274c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6e02812617f47cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bcce72c8a94f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96338ec399274c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5060589a07364eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6e02812617f47cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>