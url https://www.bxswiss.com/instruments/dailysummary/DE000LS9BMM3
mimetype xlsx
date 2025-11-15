--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6142a05e62d439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0deb120e2a442e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369d90dc1d474ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2ba9b85bf04f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d7e6a84bcd48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369d90dc1d474ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5397c928f16b4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2ba9b85bf04f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Breakout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>16,781</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,729</x:t>
-[...512 lines deleted...]
-          <x:t>16,868</x:t>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>