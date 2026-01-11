--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0deb120e2a442e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96fe921667ce4970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2ba9b85bf04f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf2118e07744b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5397c928f16b4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2ba9b85bf04f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R915a9f446cc347e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf2118e07744b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Breakout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>16,614</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,594</x:t>
-[...21 lines deleted...]
-          <x:t>16,655</x:t>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,593</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,639</x:t>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,606</x:t>
-[...485 lines deleted...]
-          <x:t>16,455</x:t>
+          <x:t>16,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>