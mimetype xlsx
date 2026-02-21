--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96fe921667ce4970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487139e4360943cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf2118e07744b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d24f36892904ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R915a9f446cc347e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf2118e07744b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d6eb6ab69241f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d24f36892904ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Breakout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>16,595</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,593</x:t>
-[...53 lines deleted...]
-          <x:t>16,608</x:t>
+          <x:t>16,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>