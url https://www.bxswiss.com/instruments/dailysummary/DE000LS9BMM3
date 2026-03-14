--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487139e4360943cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f22f80c23f949f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d24f36892904ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9266ebd4fd0b4c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d6eb6ab69241f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d24f36892904ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa72b02983c48dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9266ebd4fd0b4c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Breakout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>16,562</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,541</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>16,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,437</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>16,143</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>