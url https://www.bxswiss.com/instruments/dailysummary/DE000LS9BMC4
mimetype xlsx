--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1abad3a5611743cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a46df64bd0e49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59f0790331874d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e14695f0be64791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf3978aebcc4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59f0790331874d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8955868f98dc4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e14695f0be64791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Scout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,656</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>