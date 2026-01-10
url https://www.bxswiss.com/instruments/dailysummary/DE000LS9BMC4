--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a46df64bd0e49b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90ad5b341034793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e14695f0be64791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9671fd09a0254bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8955868f98dc4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e14695f0be64791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R492492fbb0ea4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9671fd09a0254bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Scout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>19,064</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,058</x:t>
-[...598 lines deleted...]
-          <x:t>19,177</x:t>
+          <x:t>19,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>