--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90ad5b341034793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bbbeac7cdf4a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9671fd09a0254bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26375df3c1a54c21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R492492fbb0ea4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9671fd09a0254bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7eb220badff4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26375df3c1a54c21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Scout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>19,148</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,108</x:t>
-[...161 lines deleted...]
-          <x:t>19,172</x:t>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>