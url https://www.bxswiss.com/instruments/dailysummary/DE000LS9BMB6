--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f9bdce4c924fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cfa8fef32c4029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeae94da359b41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra574e8fe80224aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77f1f7592aa407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeae94da359b41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree82c9680b9143d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra574e8fe80224aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>