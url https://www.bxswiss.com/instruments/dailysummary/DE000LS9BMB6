--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cfa8fef32c4029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbad5621dba4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra574e8fe80224aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5bd1855ac1f4625"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree82c9680b9143d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra574e8fe80224aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd3c3df4c644332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5bd1855ac1f4625" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>229,468</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>228,147</x:t>
-[...560 lines deleted...]
-        <x:is>
           <x:t>214,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,533</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>