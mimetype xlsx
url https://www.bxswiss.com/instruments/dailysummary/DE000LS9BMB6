--- v2 (2025-11-15)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbad5621dba4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e39ff5c11b4b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5bd1855ac1f4625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5bcea0f6a674d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd3c3df4c644332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5bd1855ac1f4625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba66f79096a43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5bcea0f6a674d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>232,705</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>