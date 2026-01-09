--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e39ff5c11b4b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c77b29490e14837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5bcea0f6a674d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9e4c61a4a14515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba66f79096a43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5bcea0f6a674d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd372110ede4e4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9e4c61a4a14515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>