--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c77b29490e14837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8de2f23bf14064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9e4c61a4a14515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafbf46dfe9d4199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd372110ede4e4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9e4c61a4a14515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f67583d7194d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafbf46dfe9d4199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>