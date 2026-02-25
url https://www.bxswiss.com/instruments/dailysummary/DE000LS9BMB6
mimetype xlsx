--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8de2f23bf14064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34112e10b1cb4ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafbf46dfe9d4199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R650165cb911d4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f67583d7194d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafbf46dfe9d4199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b791e10344451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R650165cb911d4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>