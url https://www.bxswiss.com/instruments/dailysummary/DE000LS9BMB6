--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34112e10b1cb4ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7245adeb41624e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R650165cb911d4669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e0028581164da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b791e10344451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R650165cb911d4669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec62e4416d84e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e0028581164da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>